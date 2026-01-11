--- v0 (2025-11-26)
+++ v1 (2026-01-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="603">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="607">
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Etablissement</t>
   </si>
   <si>
     <t>Site_web</t>
   </si>
   <si>
     <t>Rue</t>
   </si>
   <si>
     <t>Code_postal</t>
   </si>
   <si>
     <t>Localite</t>
   </si>
   <si>
     <t>Province</t>
   </si>
   <si>
     <t>Telephone</t>
   </si>
   <si>
@@ -675,50 +675,62 @@
     <t>https://www.eafc-marche.be/aide-soignante/</t>
   </si>
   <si>
     <t>Avenue de la toison d'Or, 71</t>
   </si>
   <si>
     <t>Marche-en-Famenne</t>
   </si>
   <si>
     <t>084/321646</t>
   </si>
   <si>
     <t xml:space="preserve">EAFC Grâce-Hollogne / Alleur </t>
   </si>
   <si>
     <t>https://www.gha-wbe.be/f-as.php</t>
   </si>
   <si>
     <t>Rue Champ Pillé 54</t>
   </si>
   <si>
     <t>Grâce-Hollogne</t>
   </si>
   <si>
     <t>04 234 70 60</t>
+  </si>
+  <si>
+    <t>EAFC Jean Meunier</t>
+  </si>
+  <si>
+    <t>https://eafcjeanmeunier.be/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">rue Masui 204 </t>
+  </si>
+  <si>
+    <t>065/88.15.00</t>
   </si>
   <si>
     <t>EAFC Morlanwelz</t>
   </si>
   <si>
     <t>https://eafcmlz.be/aide-soignant/</t>
   </si>
   <si>
     <t>Rue Raoul Warocqué, 46</t>
   </si>
   <si>
     <t>Morlanwelz</t>
   </si>
   <si>
     <t>064/449754</t>
   </si>
   <si>
     <t>EAFC Thuin</t>
   </si>
   <si>
     <t>https://eafc-thuin.be/</t>
   </si>
   <si>
     <t>Grand rue, 52</t>
   </si>
@@ -2169,51 +2181,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H129"/>
+  <dimension ref="A1:H130"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -3297,2282 +3309,2308 @@
       </c>
       <c r="B43" t="s">
         <v>216</v>
       </c>
       <c r="C43" t="s">
         <v>217</v>
       </c>
       <c r="D43" t="s">
         <v>218</v>
       </c>
       <c r="E43">
         <v>4460</v>
       </c>
       <c r="F43" t="s">
         <v>219</v>
       </c>
       <c r="G43" t="s">
         <v>13</v>
       </c>
       <c r="H43" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>150</v>
+        <v>15</v>
       </c>
       <c r="B44" t="s">
         <v>221</v>
       </c>
       <c r="C44" t="s">
         <v>222</v>
       </c>
       <c r="D44" t="s">
         <v>223</v>
       </c>
       <c r="E44">
-        <v>7140</v>
+        <v>1000</v>
       </c>
       <c r="F44" t="s">
+        <v>114</v>
+      </c>
+      <c r="G44" t="s">
+        <v>114</v>
+      </c>
+      <c r="H44" t="s">
         <v>224</v>
-      </c>
-[...4 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>150</v>
       </c>
       <c r="B45" t="s">
+        <v>225</v>
+      </c>
+      <c r="C45" t="s">
         <v>226</v>
       </c>
-      <c r="C45" t="s">
+      <c r="D45" t="s">
         <v>227</v>
       </c>
-      <c r="D45" t="s">
+      <c r="E45">
+        <v>7140</v>
+      </c>
+      <c r="F45" t="s">
         <v>228</v>
-      </c>
-[...4 lines deleted...]
-        <v>229</v>
       </c>
       <c r="G45" t="s">
         <v>20</v>
       </c>
       <c r="H45" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>150</v>
       </c>
       <c r="B46" t="s">
+        <v>230</v>
+      </c>
+      <c r="C46" t="s">
         <v>231</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
         <v>232</v>
       </c>
-      <c r="D46" t="s">
+      <c r="E46">
+        <v>6530</v>
+      </c>
+      <c r="F46" t="s">
         <v>233</v>
       </c>
-      <c r="E46">
-[...2 lines deleted...]
-      <c r="F46" t="s">
+      <c r="G46" t="s">
+        <v>20</v>
+      </c>
+      <c r="H46" t="s">
         <v>234</v>
-      </c>
-[...4 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>150</v>
       </c>
       <c r="B47" t="s">
+        <v>235</v>
+      </c>
+      <c r="C47" t="s">
         <v>236</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47" t="s">
         <v>237</v>
       </c>
-      <c r="D47" t="s">
+      <c r="E47">
+        <v>4623</v>
+      </c>
+      <c r="F47" t="s">
         <v>238</v>
       </c>
-      <c r="E47">
-[...2 lines deleted...]
-      <c r="F47" t="s">
+      <c r="G47" t="s">
+        <v>13</v>
+      </c>
+      <c r="H47" t="s">
         <v>239</v>
-      </c>
-[...4 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>150</v>
       </c>
       <c r="B48" t="s">
+        <v>240</v>
+      </c>
+      <c r="C48" t="s">
         <v>241</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
         <v>242</v>
       </c>
-      <c r="D48" t="s">
+      <c r="E48">
+        <v>6690</v>
+      </c>
+      <c r="F48" t="s">
         <v>243</v>
-      </c>
-[...4 lines deleted...]
-        <v>244</v>
       </c>
       <c r="G48" t="s">
         <v>26</v>
       </c>
       <c r="H48" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>150</v>
       </c>
       <c r="B49" t="s">
+        <v>245</v>
+      </c>
+      <c r="C49" t="s">
         <v>246</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
         <v>247</v>
       </c>
-      <c r="D49" t="s">
+      <c r="E49">
+        <v>6700</v>
+      </c>
+      <c r="F49" t="s">
         <v>248</v>
       </c>
-      <c r="E49">
-[...4 lines deleted...]
-      </c>
       <c r="G49" t="s">
-        <v>114</v>
+        <v>26</v>
       </c>
       <c r="H49" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>150</v>
       </c>
       <c r="B50" t="s">
         <v>250</v>
       </c>
       <c r="C50" t="s">
         <v>251</v>
       </c>
       <c r="D50" t="s">
         <v>252</v>
       </c>
       <c r="E50">
-        <v>7080</v>
+        <v>1070</v>
       </c>
       <c r="F50" t="s">
+        <v>114</v>
+      </c>
+      <c r="G50" t="s">
+        <v>114</v>
+      </c>
+      <c r="H50" t="s">
         <v>253</v>
-      </c>
-[...4 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>150</v>
       </c>
       <c r="B51" t="s">
+        <v>254</v>
+      </c>
+      <c r="C51" t="s">
         <v>255</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51" t="s">
         <v>256</v>
       </c>
-      <c r="D51" t="s">
+      <c r="E51">
+        <v>7080</v>
+      </c>
+      <c r="F51" t="s">
         <v>257</v>
       </c>
-      <c r="E51">
-[...2 lines deleted...]
-      <c r="F51" t="s">
+      <c r="G51" t="s">
+        <v>20</v>
+      </c>
+      <c r="H51" t="s">
         <v>258</v>
-      </c>
-[...4 lines deleted...]
-        <v>259</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>150</v>
       </c>
       <c r="B52" t="s">
+        <v>259</v>
+      </c>
+      <c r="C52" t="s">
         <v>260</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
         <v>261</v>
       </c>
-      <c r="D52" t="s">
+      <c r="E52">
+        <v>6800</v>
+      </c>
+      <c r="F52" t="s">
         <v>262</v>
       </c>
-      <c r="E52">
-[...2 lines deleted...]
-      <c r="F52" t="s">
+      <c r="G52" t="s">
+        <v>26</v>
+      </c>
+      <c r="H52" t="s">
         <v>263</v>
-      </c>
-[...4 lines deleted...]
-        <v>264</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>150</v>
       </c>
       <c r="B53" t="s">
+        <v>264</v>
+      </c>
+      <c r="C53" t="s">
         <v>265</v>
       </c>
-      <c r="C53" t="s">
+      <c r="D53" t="s">
         <v>266</v>
       </c>
-      <c r="D53" t="s">
+      <c r="E53">
+        <v>7600</v>
+      </c>
+      <c r="F53" t="s">
         <v>267</v>
       </c>
-      <c r="E53">
-[...2 lines deleted...]
-      <c r="F53" t="s">
+      <c r="G53" t="s">
+        <v>20</v>
+      </c>
+      <c r="H53" t="s">
         <v>268</v>
-      </c>
-[...4 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>15</v>
+        <v>150</v>
       </c>
       <c r="B54" t="s">
+        <v>269</v>
+      </c>
+      <c r="C54" t="s">
         <v>270</v>
       </c>
-      <c r="C54" t="s">
+      <c r="D54" t="s">
         <v>271</v>
       </c>
-      <c r="D54" t="s">
+      <c r="E54">
+        <v>4470</v>
+      </c>
+      <c r="F54" t="s">
         <v>272</v>
-      </c>
-[...4 lines deleted...]
-        <v>13</v>
       </c>
       <c r="G54" t="s">
         <v>13</v>
       </c>
       <c r="H54" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>150</v>
+        <v>15</v>
       </c>
       <c r="B55" t="s">
         <v>274</v>
       </c>
       <c r="C55" t="s">
         <v>275</v>
       </c>
       <c r="D55" t="s">
         <v>276</v>
       </c>
       <c r="E55">
-        <v>5660</v>
+        <v>4020</v>
       </c>
       <c r="F55" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="H55" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>150</v>
       </c>
       <c r="B56" t="s">
         <v>278</v>
       </c>
       <c r="C56" t="s">
         <v>279</v>
       </c>
       <c r="D56" t="s">
         <v>280</v>
       </c>
       <c r="E56">
-        <v>7000</v>
+        <v>5660</v>
       </c>
       <c r="F56" t="s">
-        <v>281</v>
+        <v>57</v>
       </c>
       <c r="G56" t="s">
         <v>20</v>
       </c>
       <c r="H56" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>150</v>
       </c>
       <c r="B57" t="s">
+        <v>282</v>
+      </c>
+      <c r="C57" t="s">
         <v>283</v>
       </c>
-      <c r="C57" t="s">
+      <c r="D57" t="s">
         <v>284</v>
       </c>
-      <c r="D57" t="s">
+      <c r="E57">
+        <v>7000</v>
+      </c>
+      <c r="F57" t="s">
         <v>285</v>
       </c>
-      <c r="E57">
-[...2 lines deleted...]
-      <c r="F57" t="s">
+      <c r="G57" t="s">
+        <v>20</v>
+      </c>
+      <c r="H57" t="s">
         <v>286</v>
-      </c>
-[...4 lines deleted...]
-        <v>287</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>150</v>
       </c>
       <c r="B58" t="s">
+        <v>287</v>
+      </c>
+      <c r="C58" t="s">
         <v>288</v>
       </c>
-      <c r="C58" t="s">
+      <c r="D58" t="s">
         <v>289</v>
       </c>
-      <c r="D58" t="s">
+      <c r="E58">
+        <v>5030</v>
+      </c>
+      <c r="F58" t="s">
         <v>290</v>
       </c>
-      <c r="E58">
-[...2 lines deleted...]
-      <c r="F58" t="s">
+      <c r="G58" t="s">
+        <v>42</v>
+      </c>
+      <c r="H58" t="s">
         <v>291</v>
-      </c>
-[...4 lines deleted...]
-        <v>292</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>150</v>
       </c>
       <c r="B59" t="s">
+        <v>292</v>
+      </c>
+      <c r="C59" t="s">
         <v>293</v>
       </c>
-      <c r="C59" t="s">
+      <c r="D59" t="s">
         <v>294</v>
       </c>
-      <c r="D59" t="s">
+      <c r="E59">
+        <v>7380</v>
+      </c>
+      <c r="F59" t="s">
         <v>295</v>
-      </c>
-[...4 lines deleted...]
-        <v>281</v>
       </c>
       <c r="G59" t="s">
         <v>20</v>
       </c>
       <c r="H59" t="s">
         <v>296</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>150</v>
       </c>
       <c r="B60" t="s">
         <v>297</v>
       </c>
       <c r="C60" t="s">
         <v>298</v>
       </c>
       <c r="D60" t="s">
         <v>299</v>
       </c>
       <c r="E60">
-        <v>6560</v>
+        <v>7000</v>
       </c>
       <c r="F60" t="s">
-        <v>300</v>
+        <v>285</v>
       </c>
       <c r="G60" t="s">
         <v>20</v>
       </c>
       <c r="H60" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>150</v>
       </c>
       <c r="B61" t="s">
+        <v>301</v>
+      </c>
+      <c r="C61" t="s">
         <v>302</v>
       </c>
-      <c r="C61" t="s">
+      <c r="D61" t="s">
         <v>303</v>
       </c>
-      <c r="D61" t="s">
+      <c r="E61">
+        <v>6560</v>
+      </c>
+      <c r="F61" t="s">
         <v>304</v>
-      </c>
-[...4 lines deleted...]
-        <v>305</v>
       </c>
       <c r="G61" t="s">
         <v>20</v>
       </c>
       <c r="H61" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>150</v>
       </c>
       <c r="B62" t="s">
+        <v>306</v>
+      </c>
+      <c r="C62" t="s">
         <v>307</v>
       </c>
-      <c r="C62" t="s">
+      <c r="D62" t="s">
         <v>308</v>
       </c>
-      <c r="D62" t="s">
+      <c r="E62">
+        <v>6180</v>
+      </c>
+      <c r="F62" t="s">
         <v>309</v>
       </c>
-      <c r="E62">
-[...2 lines deleted...]
-      <c r="F62" t="s">
+      <c r="G62" t="s">
+        <v>20</v>
+      </c>
+      <c r="H62" t="s">
         <v>310</v>
-      </c>
-[...4 lines deleted...]
-        <v>311</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>150</v>
       </c>
       <c r="B63" t="s">
+        <v>311</v>
+      </c>
+      <c r="C63" t="s">
         <v>312</v>
       </c>
-      <c r="C63" t="s">
+      <c r="D63" t="s">
         <v>313</v>
       </c>
-      <c r="D63" t="s">
+      <c r="E63">
+        <v>5300</v>
+      </c>
+      <c r="F63" t="s">
         <v>314</v>
-      </c>
-[...4 lines deleted...]
-        <v>181</v>
       </c>
       <c r="G63" t="s">
         <v>42</v>
       </c>
       <c r="H63" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>150</v>
       </c>
       <c r="B64" t="s">
         <v>316</v>
       </c>
       <c r="C64" t="s">
         <v>317</v>
       </c>
       <c r="D64" t="s">
         <v>318</v>
       </c>
       <c r="E64">
         <v>5060</v>
       </c>
       <c r="F64" t="s">
-        <v>319</v>
+        <v>181</v>
       </c>
       <c r="G64" t="s">
         <v>42</v>
       </c>
       <c r="H64" t="s">
-        <v>287</v>
+        <v>319</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>150</v>
       </c>
       <c r="B65" t="s">
         <v>320</v>
       </c>
       <c r="C65" t="s">
         <v>321</v>
       </c>
       <c r="D65" t="s">
         <v>322</v>
       </c>
       <c r="E65">
-        <v>7850</v>
+        <v>5060</v>
       </c>
       <c r="F65" t="s">
         <v>323</v>
       </c>
       <c r="G65" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="H65" t="s">
-        <v>324</v>
+        <v>291</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>15</v>
+        <v>150</v>
       </c>
       <c r="B66" t="s">
+        <v>324</v>
+      </c>
+      <c r="C66" t="s">
         <v>325</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="D66" t="s">
         <v>326</v>
       </c>
       <c r="E66">
-        <v>7000</v>
+        <v>7850</v>
       </c>
       <c r="F66" t="s">
-        <v>281</v>
+        <v>327</v>
       </c>
       <c r="G66" t="s">
         <v>20</v>
       </c>
       <c r="H66" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>15</v>
       </c>
       <c r="B67" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C67" t="s">
-        <v>329</v>
+        <v>23</v>
       </c>
       <c r="D67" t="s">
         <v>330</v>
       </c>
       <c r="E67">
-        <v>7390</v>
+        <v>7000</v>
       </c>
       <c r="F67" t="s">
-        <v>331</v>
+        <v>285</v>
       </c>
       <c r="G67" t="s">
         <v>20</v>
       </c>
       <c r="H67" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>15</v>
       </c>
       <c r="B68" t="s">
+        <v>332</v>
+      </c>
+      <c r="C68" t="s">
         <v>333</v>
       </c>
-      <c r="C68" t="s">
+      <c r="D68" t="s">
         <v>334</v>
       </c>
-      <c r="D68" t="s">
+      <c r="E68">
+        <v>7390</v>
+      </c>
+      <c r="F68" t="s">
         <v>335</v>
       </c>
-      <c r="E68">
-[...4 lines deleted...]
-      </c>
       <c r="G68" t="s">
-        <v>114</v>
+        <v>20</v>
       </c>
       <c r="H68" t="s">
         <v>336</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>15</v>
       </c>
       <c r="B69" t="s">
         <v>337</v>
       </c>
       <c r="C69" t="s">
         <v>338</v>
       </c>
       <c r="D69" t="s">
         <v>339</v>
       </c>
       <c r="E69">
-        <v>5590</v>
+        <v>1070</v>
       </c>
       <c r="F69" t="s">
+        <v>114</v>
+      </c>
+      <c r="G69" t="s">
+        <v>114</v>
+      </c>
+      <c r="H69" t="s">
         <v>340</v>
-      </c>
-[...4 lines deleted...]
-        <v>341</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>15</v>
       </c>
       <c r="B70" t="s">
+        <v>341</v>
+      </c>
+      <c r="C70" t="s">
         <v>342</v>
       </c>
-      <c r="C70" t="s">
+      <c r="D70" t="s">
         <v>343</v>
       </c>
-      <c r="D70" t="s">
+      <c r="E70">
+        <v>5590</v>
+      </c>
+      <c r="F70" t="s">
         <v>344</v>
       </c>
-      <c r="E70">
-[...2 lines deleted...]
-      <c r="F70" t="s">
+      <c r="G70" t="s">
+        <v>42</v>
+      </c>
+      <c r="H70" t="s">
         <v>345</v>
-      </c>
-[...4 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>15</v>
       </c>
       <c r="B71" t="s">
+        <v>346</v>
+      </c>
+      <c r="C71" t="s">
         <v>347</v>
       </c>
-      <c r="C71" t="s">
+      <c r="D71" t="s">
         <v>348</v>
       </c>
-      <c r="D71" t="s">
+      <c r="E71">
+        <v>1070</v>
+      </c>
+      <c r="F71" t="s">
         <v>349</v>
       </c>
-      <c r="E71">
-[...2 lines deleted...]
-      <c r="F71" t="s">
+      <c r="G71" t="s">
+        <v>114</v>
+      </c>
+      <c r="H71" t="s">
         <v>350</v>
-      </c>
-[...4 lines deleted...]
-        <v>351</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>15</v>
       </c>
       <c r="B72" t="s">
+        <v>351</v>
+      </c>
+      <c r="C72" t="s">
         <v>352</v>
       </c>
-      <c r="C72" t="s">
+      <c r="D72" t="s">
         <v>353</v>
       </c>
-      <c r="D72" t="s">
+      <c r="E72">
+        <v>1300</v>
+      </c>
+      <c r="F72" t="s">
         <v>354</v>
       </c>
-      <c r="E72">
-[...2 lines deleted...]
-      <c r="F72" t="s">
+      <c r="G72" t="s">
+        <v>104</v>
+      </c>
+      <c r="H72" t="s">
         <v>355</v>
-      </c>
-[...4 lines deleted...]
-        <v>356</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>15</v>
       </c>
       <c r="B73" t="s">
+        <v>356</v>
+      </c>
+      <c r="C73" t="s">
         <v>357</v>
       </c>
-      <c r="C73" t="s">
+      <c r="D73" t="s">
         <v>358</v>
       </c>
-      <c r="D73" t="s">
+      <c r="E73">
+        <v>6760</v>
+      </c>
+      <c r="F73" t="s">
         <v>359</v>
       </c>
-      <c r="E73">
-[...2 lines deleted...]
-      <c r="F73" t="s">
+      <c r="G73" t="s">
+        <v>26</v>
+      </c>
+      <c r="H73" t="s">
         <v>360</v>
-      </c>
-[...4 lines deleted...]
-        <v>361</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>15</v>
       </c>
       <c r="B74" t="s">
+        <v>361</v>
+      </c>
+      <c r="C74" t="s">
         <v>362</v>
       </c>
-      <c r="C74" t="s">
+      <c r="D74" t="s">
         <v>363</v>
       </c>
-      <c r="D74" t="s">
+      <c r="E74">
+        <v>7370</v>
+      </c>
+      <c r="F74" t="s">
         <v>364</v>
       </c>
-      <c r="E74">
-[...4 lines deleted...]
-      </c>
       <c r="G74" t="s">
-        <v>114</v>
+        <v>20</v>
       </c>
       <c r="H74" t="s">
         <v>365</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>15</v>
       </c>
       <c r="B75" t="s">
         <v>366</v>
       </c>
       <c r="C75" t="s">
         <v>367</v>
       </c>
       <c r="D75" t="s">
         <v>368</v>
       </c>
       <c r="E75">
-        <v>4500</v>
+        <v>1080</v>
       </c>
       <c r="F75" t="s">
+        <v>114</v>
+      </c>
+      <c r="G75" t="s">
+        <v>114</v>
+      </c>
+      <c r="H75" t="s">
         <v>369</v>
-      </c>
-[...4 lines deleted...]
-        <v>370</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>150</v>
+        <v>15</v>
       </c>
       <c r="B76" t="s">
+        <v>370</v>
+      </c>
+      <c r="C76" t="s">
         <v>371</v>
       </c>
-      <c r="C76" t="s">
+      <c r="D76" t="s">
         <v>372</v>
       </c>
-      <c r="D76" t="s">
+      <c r="E76">
+        <v>4500</v>
+      </c>
+      <c r="F76" t="s">
         <v>373</v>
-      </c>
-[...4 lines deleted...]
-        <v>82</v>
       </c>
       <c r="G76" t="s">
         <v>13</v>
       </c>
       <c r="H76" t="s">
         <v>374</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>15</v>
+        <v>150</v>
       </c>
       <c r="B77" t="s">
         <v>375</v>
       </c>
       <c r="C77" t="s">
         <v>376</v>
       </c>
       <c r="D77" t="s">
         <v>377</v>
       </c>
       <c r="E77">
-        <v>1400</v>
+        <v>4800</v>
       </c>
       <c r="F77" t="s">
+        <v>82</v>
+      </c>
+      <c r="G77" t="s">
+        <v>13</v>
+      </c>
+      <c r="H77" t="s">
         <v>378</v>
-      </c>
-[...4 lines deleted...]
-        <v>379</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>15</v>
       </c>
       <c r="B78" t="s">
+        <v>379</v>
+      </c>
+      <c r="C78" t="s">
         <v>380</v>
       </c>
-      <c r="C78" t="s">
+      <c r="D78" t="s">
         <v>381</v>
       </c>
-      <c r="D78" t="s">
+      <c r="E78">
+        <v>1400</v>
+      </c>
+      <c r="F78" t="s">
         <v>382</v>
       </c>
-      <c r="E78">
-[...2 lines deleted...]
-      <c r="F78" t="s">
+      <c r="G78" t="s">
+        <v>104</v>
+      </c>
+      <c r="H78" t="s">
         <v>383</v>
-      </c>
-[...4 lines deleted...]
-        <v>384</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>15</v>
       </c>
       <c r="B79" t="s">
+        <v>384</v>
+      </c>
+      <c r="C79" t="s">
         <v>385</v>
       </c>
-      <c r="C79" t="s">
+      <c r="D79" t="s">
         <v>386</v>
       </c>
-      <c r="D79" t="s">
+      <c r="E79">
+        <v>6880</v>
+      </c>
+      <c r="F79" t="s">
         <v>387</v>
-      </c>
-[...4 lines deleted...]
-        <v>244</v>
       </c>
       <c r="G79" t="s">
         <v>26</v>
       </c>
       <c r="H79" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>15</v>
       </c>
       <c r="B80" t="s">
         <v>389</v>
       </c>
       <c r="C80" t="s">
         <v>390</v>
       </c>
       <c r="D80" t="s">
         <v>391</v>
       </c>
       <c r="E80">
-        <v>5570</v>
+        <v>6700</v>
       </c>
       <c r="F80" t="s">
-        <v>62</v>
+        <v>248</v>
       </c>
       <c r="G80" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
       <c r="H80" t="s">
         <v>392</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>15</v>
       </c>
       <c r="B81" t="s">
         <v>393</v>
       </c>
       <c r="C81" t="s">
         <v>394</v>
       </c>
       <c r="D81" t="s">
         <v>395</v>
       </c>
       <c r="E81">
-        <v>6600</v>
+        <v>5570</v>
       </c>
       <c r="F81" t="s">
-        <v>88</v>
+        <v>62</v>
       </c>
       <c r="G81" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="H81" t="s">
         <v>396</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>15</v>
       </c>
       <c r="B82" t="s">
         <v>397</v>
       </c>
       <c r="C82" t="s">
         <v>398</v>
       </c>
       <c r="D82" t="s">
         <v>399</v>
       </c>
       <c r="E82">
-        <v>4500</v>
+        <v>6600</v>
       </c>
       <c r="F82" t="s">
-        <v>369</v>
+        <v>88</v>
       </c>
       <c r="G82" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="H82" t="s">
         <v>400</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>150</v>
+        <v>15</v>
       </c>
       <c r="B83" t="s">
         <v>401</v>
       </c>
       <c r="C83" t="s">
         <v>402</v>
       </c>
       <c r="D83" t="s">
         <v>403</v>
       </c>
       <c r="E83">
-        <v>4101</v>
+        <v>4500</v>
       </c>
       <c r="F83" t="s">
-        <v>404</v>
+        <v>373</v>
       </c>
       <c r="G83" t="s">
         <v>13</v>
       </c>
       <c r="H83" t="s">
-        <v>405</v>
+        <v>404</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>15</v>
+        <v>150</v>
       </c>
       <c r="B84" t="s">
+        <v>405</v>
+      </c>
+      <c r="C84" t="s">
         <v>406</v>
       </c>
-      <c r="C84" t="s">
+      <c r="D84" t="s">
         <v>407</v>
       </c>
-      <c r="D84" t="s">
+      <c r="E84">
+        <v>4101</v>
+      </c>
+      <c r="F84" t="s">
         <v>408</v>
-      </c>
-[...4 lines deleted...]
-        <v>82</v>
       </c>
       <c r="G84" t="s">
         <v>13</v>
       </c>
       <c r="H84" t="s">
         <v>409</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>15</v>
       </c>
       <c r="B85" t="s">
         <v>410</v>
       </c>
       <c r="C85" t="s">
         <v>411</v>
       </c>
       <c r="D85" t="s">
         <v>412</v>
       </c>
       <c r="E85">
-        <v>7130</v>
+        <v>4800</v>
       </c>
       <c r="F85" t="s">
-        <v>172</v>
+        <v>82</v>
       </c>
       <c r="G85" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="H85" t="s">
         <v>413</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>15</v>
       </c>
       <c r="B86" t="s">
         <v>414</v>
       </c>
       <c r="C86" t="s">
         <v>415</v>
       </c>
       <c r="D86" t="s">
         <v>416</v>
       </c>
       <c r="E86">
-        <v>4040</v>
+        <v>7130</v>
       </c>
       <c r="F86" t="s">
+        <v>172</v>
+      </c>
+      <c r="G86" t="s">
+        <v>20</v>
+      </c>
+      <c r="H86" t="s">
         <v>417</v>
-      </c>
-[...4 lines deleted...]
-        <v>418</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>150</v>
+        <v>15</v>
       </c>
       <c r="B87" t="s">
+        <v>418</v>
+      </c>
+      <c r="C87" t="s">
         <v>419</v>
       </c>
-      <c r="C87" t="s">
+      <c r="D87" t="s">
         <v>420</v>
-      </c>
-[...1 lines deleted...]
-        <v>421</v>
       </c>
       <c r="E87">
         <v>4040</v>
       </c>
       <c r="F87" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="G87" t="s">
         <v>13</v>
       </c>
       <c r="H87" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>150</v>
       </c>
       <c r="B88" t="s">
         <v>423</v>
       </c>
       <c r="C88" t="s">
         <v>424</v>
       </c>
       <c r="D88" t="s">
         <v>425</v>
       </c>
       <c r="E88">
-        <v>4500</v>
+        <v>4040</v>
       </c>
       <c r="F88" t="s">
-        <v>369</v>
+        <v>421</v>
       </c>
       <c r="G88" t="s">
         <v>13</v>
       </c>
       <c r="H88" t="s">
         <v>426</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>15</v>
+        <v>150</v>
       </c>
       <c r="B89" t="s">
         <v>427</v>
       </c>
       <c r="C89" t="s">
         <v>428</v>
       </c>
       <c r="D89" t="s">
         <v>429</v>
       </c>
       <c r="E89">
-        <v>6061</v>
+        <v>4500</v>
       </c>
       <c r="F89" t="s">
+        <v>373</v>
+      </c>
+      <c r="G89" t="s">
+        <v>13</v>
+      </c>
+      <c r="H89" t="s">
         <v>430</v>
-      </c>
-[...4 lines deleted...]
-        <v>431</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>150</v>
+        <v>15</v>
       </c>
       <c r="B90" t="s">
+        <v>431</v>
+      </c>
+      <c r="C90" t="s">
         <v>432</v>
       </c>
-      <c r="C90" t="s">
+      <c r="D90" t="s">
         <v>433</v>
       </c>
-      <c r="D90" t="s">
+      <c r="E90">
+        <v>6061</v>
+      </c>
+      <c r="F90" t="s">
         <v>434</v>
-      </c>
-[...4 lines deleted...]
-        <v>134</v>
       </c>
       <c r="G90" t="s">
         <v>20</v>
       </c>
       <c r="H90" t="s">
         <v>435</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>150</v>
       </c>
       <c r="B91" t="s">
         <v>436</v>
       </c>
       <c r="C91" t="s">
         <v>437</v>
       </c>
       <c r="D91" t="s">
         <v>438</v>
       </c>
       <c r="E91">
-        <v>4800</v>
+        <v>7500</v>
       </c>
       <c r="F91" t="s">
-        <v>82</v>
+        <v>134</v>
       </c>
       <c r="G91" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="H91" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>150</v>
       </c>
       <c r="B92" t="s">
         <v>440</v>
       </c>
       <c r="C92" t="s">
         <v>441</v>
       </c>
       <c r="D92" t="s">
         <v>442</v>
       </c>
       <c r="E92">
-        <v>7500</v>
+        <v>4800</v>
       </c>
       <c r="F92" t="s">
-        <v>134</v>
+        <v>82</v>
       </c>
       <c r="G92" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="H92" t="s">
-        <v>435</v>
+        <v>443</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>15</v>
+        <v>150</v>
       </c>
       <c r="B93" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="C93" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="D93" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="E93">
-        <v>1400</v>
+        <v>7500</v>
       </c>
       <c r="F93" t="s">
-        <v>378</v>
+        <v>134</v>
       </c>
       <c r="G93" t="s">
-        <v>104</v>
+        <v>20</v>
       </c>
       <c r="H93" t="s">
-        <v>446</v>
+        <v>439</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>15</v>
       </c>
       <c r="B94" t="s">
         <v>447</v>
       </c>
       <c r="C94" t="s">
         <v>448</v>
       </c>
       <c r="D94" t="s">
         <v>449</v>
       </c>
       <c r="E94">
-        <v>7500</v>
+        <v>1400</v>
       </c>
       <c r="F94" t="s">
-        <v>134</v>
+        <v>382</v>
       </c>
       <c r="G94" t="s">
-        <v>20</v>
+        <v>104</v>
       </c>
       <c r="H94" t="s">
         <v>450</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>150</v>
+        <v>15</v>
       </c>
       <c r="B95" t="s">
         <v>451</v>
       </c>
       <c r="C95" t="s">
         <v>452</v>
       </c>
       <c r="D95" t="s">
         <v>453</v>
       </c>
       <c r="E95">
-        <v>1400</v>
+        <v>7500</v>
       </c>
       <c r="F95" t="s">
-        <v>378</v>
+        <v>134</v>
       </c>
       <c r="G95" t="s">
-        <v>104</v>
+        <v>20</v>
       </c>
       <c r="H95" t="s">
         <v>454</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>150</v>
       </c>
       <c r="B96" t="s">
         <v>455</v>
       </c>
       <c r="C96" t="s">
         <v>456</v>
       </c>
       <c r="D96" t="s">
         <v>457</v>
       </c>
       <c r="E96">
-        <v>6240</v>
+        <v>1400</v>
       </c>
       <c r="F96" t="s">
+        <v>382</v>
+      </c>
+      <c r="G96" t="s">
+        <v>104</v>
+      </c>
+      <c r="H96" t="s">
         <v>458</v>
-      </c>
-[...4 lines deleted...]
-        <v>459</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>150</v>
       </c>
       <c r="B97" t="s">
+        <v>459</v>
+      </c>
+      <c r="C97" t="s">
         <v>460</v>
       </c>
-      <c r="C97" t="s">
+      <c r="D97" t="s">
         <v>461</v>
       </c>
-      <c r="D97" t="s">
+      <c r="E97">
+        <v>6240</v>
+      </c>
+      <c r="F97" t="s">
         <v>462</v>
       </c>
-      <c r="E97">
-[...4 lines deleted...]
-      </c>
       <c r="G97" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="H97" t="s">
         <v>463</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>15</v>
+        <v>150</v>
       </c>
       <c r="B98" t="s">
         <v>464</v>
       </c>
       <c r="C98" t="s">
         <v>465</v>
       </c>
       <c r="D98" t="s">
         <v>466</v>
       </c>
       <c r="E98">
-        <v>4100</v>
+        <v>5000</v>
       </c>
       <c r="F98" t="s">
+        <v>42</v>
+      </c>
+      <c r="G98" t="s">
+        <v>42</v>
+      </c>
+      <c r="H98" t="s">
         <v>467</v>
-      </c>
-[...4 lines deleted...]
-        <v>468</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>15</v>
       </c>
       <c r="B99" t="s">
+        <v>468</v>
+      </c>
+      <c r="C99" t="s">
         <v>469</v>
       </c>
-      <c r="C99" t="s">
+      <c r="D99" t="s">
         <v>470</v>
       </c>
-      <c r="D99" t="s">
+      <c r="E99">
+        <v>4100</v>
+      </c>
+      <c r="F99" t="s">
         <v>471</v>
       </c>
-      <c r="E99">
-[...4 lines deleted...]
-      </c>
       <c r="G99" t="s">
-        <v>114</v>
+        <v>13</v>
       </c>
       <c r="H99" t="s">
         <v>472</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>15</v>
       </c>
       <c r="B100" t="s">
         <v>473</v>
       </c>
       <c r="C100" t="s">
         <v>474</v>
       </c>
       <c r="D100" t="s">
         <v>475</v>
       </c>
       <c r="E100">
-        <v>4600</v>
+        <v>1040</v>
       </c>
       <c r="F100" t="s">
+        <v>124</v>
+      </c>
+      <c r="G100" t="s">
+        <v>114</v>
+      </c>
+      <c r="H100" t="s">
         <v>476</v>
-      </c>
-[...4 lines deleted...]
-        <v>477</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>15</v>
       </c>
       <c r="B101" t="s">
+        <v>477</v>
+      </c>
+      <c r="C101" t="s">
         <v>478</v>
       </c>
-      <c r="C101" t="s">
+      <c r="D101" t="s">
         <v>479</v>
       </c>
-      <c r="D101" t="s">
+      <c r="E101">
+        <v>4600</v>
+      </c>
+      <c r="F101" t="s">
         <v>480</v>
       </c>
-      <c r="E101">
-[...4 lines deleted...]
-      </c>
       <c r="G101" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="H101" t="s">
         <v>481</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>15</v>
       </c>
       <c r="B102" t="s">
         <v>482</v>
       </c>
       <c r="C102" t="s">
         <v>483</v>
       </c>
       <c r="D102" t="s">
         <v>484</v>
       </c>
       <c r="E102">
-        <v>7800</v>
+        <v>7600</v>
       </c>
       <c r="F102" t="s">
-        <v>485</v>
+        <v>98</v>
       </c>
       <c r="G102" t="s">
         <v>20</v>
       </c>
       <c r="H102" t="s">
-        <v>486</v>
+        <v>485</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>150</v>
+        <v>15</v>
       </c>
       <c r="B103" t="s">
+        <v>486</v>
+      </c>
+      <c r="C103" t="s">
         <v>487</v>
       </c>
-      <c r="C103" t="s">
+      <c r="D103" t="s">
         <v>488</v>
       </c>
-      <c r="D103" t="s">
+      <c r="E103">
+        <v>7800</v>
+      </c>
+      <c r="F103" t="s">
         <v>489</v>
-      </c>
-[...4 lines deleted...]
-        <v>490</v>
       </c>
       <c r="G103" t="s">
         <v>20</v>
       </c>
       <c r="H103" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>15</v>
+        <v>150</v>
       </c>
       <c r="B104" t="s">
+        <v>491</v>
+      </c>
+      <c r="C104" t="s">
         <v>492</v>
       </c>
-      <c r="C104" t="s">
+      <c r="D104" t="s">
         <v>493</v>
       </c>
-      <c r="D104" t="s">
+      <c r="E104">
+        <v>7780</v>
+      </c>
+      <c r="F104" t="s">
         <v>494</v>
-      </c>
-[...4 lines deleted...]
-        <v>495</v>
       </c>
       <c r="G104" t="s">
         <v>20</v>
       </c>
       <c r="H104" t="s">
-        <v>496</v>
+        <v>495</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>15</v>
       </c>
       <c r="B105" t="s">
+        <v>496</v>
+      </c>
+      <c r="C105" t="s">
         <v>497</v>
       </c>
-      <c r="C105" t="s">
+      <c r="D105" t="s">
         <v>498</v>
       </c>
-      <c r="D105" t="s">
+      <c r="E105">
+        <v>7330</v>
+      </c>
+      <c r="F105" t="s">
         <v>499</v>
       </c>
-      <c r="E105">
-[...2 lines deleted...]
-      <c r="F105" t="s">
+      <c r="G105" t="s">
+        <v>20</v>
+      </c>
+      <c r="H105" t="s">
         <v>500</v>
-      </c>
-[...4 lines deleted...]
-        <v>501</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>15</v>
       </c>
       <c r="B106" t="s">
+        <v>501</v>
+      </c>
+      <c r="C106" t="s">
         <v>502</v>
       </c>
-      <c r="C106" t="s">
+      <c r="D106" t="s">
         <v>503</v>
       </c>
-      <c r="D106" t="s">
+      <c r="E106">
+        <v>4300</v>
+      </c>
+      <c r="F106" t="s">
         <v>504</v>
       </c>
-      <c r="E106">
-[...4 lines deleted...]
-      </c>
       <c r="G106" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="H106" t="s">
         <v>505</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>15</v>
       </c>
       <c r="B107" t="s">
         <v>506</v>
       </c>
       <c r="C107" t="s">
         <v>507</v>
       </c>
       <c r="D107" t="s">
         <v>508</v>
       </c>
       <c r="E107">
-        <v>1030</v>
+        <v>6900</v>
       </c>
       <c r="F107" t="s">
-        <v>114</v>
+        <v>214</v>
       </c>
       <c r="G107" t="s">
-        <v>114</v>
+        <v>26</v>
       </c>
       <c r="H107" t="s">
         <v>509</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>15</v>
       </c>
       <c r="B108" t="s">
         <v>510</v>
       </c>
       <c r="C108" t="s">
         <v>511</v>
       </c>
       <c r="D108" t="s">
         <v>512</v>
       </c>
       <c r="E108">
-        <v>5100</v>
+        <v>1030</v>
       </c>
       <c r="F108" t="s">
+        <v>114</v>
+      </c>
+      <c r="G108" t="s">
+        <v>114</v>
+      </c>
+      <c r="H108" t="s">
         <v>513</v>
-      </c>
-[...4 lines deleted...]
-        <v>514</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>15</v>
       </c>
       <c r="B109" t="s">
+        <v>514</v>
+      </c>
+      <c r="C109" t="s">
         <v>515</v>
       </c>
-      <c r="C109" t="s">
+      <c r="D109" t="s">
         <v>516</v>
       </c>
-      <c r="D109" t="s">
+      <c r="E109">
+        <v>5100</v>
+      </c>
+      <c r="F109" t="s">
         <v>517</v>
       </c>
-      <c r="E109">
-[...4 lines deleted...]
-      </c>
       <c r="G109" t="s">
-        <v>13</v>
+        <v>42</v>
       </c>
       <c r="H109" t="s">
         <v>518</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>15</v>
       </c>
       <c r="B110" t="s">
         <v>519</v>
       </c>
       <c r="C110" t="s">
         <v>520</v>
       </c>
       <c r="D110" t="s">
         <v>521</v>
       </c>
       <c r="E110">
-        <v>6200</v>
+        <v>4800</v>
       </c>
       <c r="F110" t="s">
+        <v>82</v>
+      </c>
+      <c r="G110" t="s">
+        <v>13</v>
+      </c>
+      <c r="H110" t="s">
         <v>522</v>
-      </c>
-[...4 lines deleted...]
-        <v>523</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>15</v>
       </c>
       <c r="B111" t="s">
+        <v>523</v>
+      </c>
+      <c r="C111" t="s">
         <v>524</v>
       </c>
-      <c r="C111" t="s">
+      <c r="D111" t="s">
         <v>525</v>
       </c>
-      <c r="D111" t="s">
+      <c r="E111">
+        <v>6200</v>
+      </c>
+      <c r="F111" t="s">
         <v>526</v>
       </c>
-      <c r="E111">
-[...2 lines deleted...]
-      <c r="F111" t="s">
+      <c r="G111" t="s">
+        <v>20</v>
+      </c>
+      <c r="H111" t="s">
         <v>527</v>
-      </c>
-[...4 lines deleted...]
-        <v>528</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>15</v>
       </c>
       <c r="B112" t="s">
+        <v>528</v>
+      </c>
+      <c r="C112" t="s">
         <v>529</v>
       </c>
-      <c r="C112" t="s">
+      <c r="D112" t="s">
         <v>530</v>
       </c>
-      <c r="D112" t="s">
+      <c r="E112">
+        <v>4032</v>
+      </c>
+      <c r="F112" t="s">
         <v>531</v>
       </c>
-      <c r="E112">
-[...4 lines deleted...]
-      </c>
       <c r="G112" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="H112" t="s">
         <v>532</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>84</v>
+        <v>15</v>
       </c>
       <c r="B113" t="s">
         <v>533</v>
       </c>
       <c r="C113" t="s">
         <v>534</v>
       </c>
       <c r="D113" t="s">
         <v>535</v>
       </c>
       <c r="E113">
-        <v>7140</v>
+        <v>5000</v>
       </c>
       <c r="F113" t="s">
-        <v>224</v>
+        <v>42</v>
       </c>
       <c r="G113" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="H113" t="s">
         <v>536</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>15</v>
+        <v>84</v>
       </c>
       <c r="B114" t="s">
         <v>537</v>
       </c>
       <c r="C114" t="s">
         <v>538</v>
       </c>
       <c r="D114" t="s">
         <v>539</v>
       </c>
       <c r="E114">
-        <v>6560</v>
+        <v>7140</v>
       </c>
       <c r="F114" t="s">
-        <v>300</v>
+        <v>228</v>
       </c>
       <c r="G114" t="s">
         <v>20</v>
       </c>
       <c r="H114" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>84</v>
+        <v>15</v>
       </c>
       <c r="B115" t="s">
         <v>541</v>
       </c>
       <c r="C115" t="s">
         <v>542</v>
       </c>
       <c r="D115" t="s">
         <v>543</v>
       </c>
       <c r="E115">
-        <v>5500</v>
+        <v>6560</v>
       </c>
       <c r="F115" t="s">
+        <v>304</v>
+      </c>
+      <c r="G115" t="s">
+        <v>20</v>
+      </c>
+      <c r="H115" t="s">
         <v>544</v>
-      </c>
-[...4 lines deleted...]
-        <v>545</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>15</v>
+        <v>84</v>
       </c>
       <c r="B116" t="s">
+        <v>545</v>
+      </c>
+      <c r="C116" t="s">
         <v>546</v>
       </c>
-      <c r="C116" t="s">
+      <c r="D116" t="s">
         <v>547</v>
       </c>
-      <c r="D116" t="s">
+      <c r="E116">
+        <v>5500</v>
+      </c>
+      <c r="F116" t="s">
         <v>548</v>
       </c>
-      <c r="E116">
-[...4 lines deleted...]
-      </c>
       <c r="G116" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="H116" t="s">
         <v>549</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>15</v>
       </c>
       <c r="B117" t="s">
         <v>550</v>
       </c>
       <c r="C117" t="s">
         <v>551</v>
       </c>
       <c r="D117" t="s">
         <v>552</v>
       </c>
       <c r="E117">
-        <v>5000</v>
+        <v>6700</v>
       </c>
       <c r="F117" t="s">
-        <v>42</v>
+        <v>248</v>
       </c>
       <c r="G117" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
       <c r="H117" t="s">
         <v>553</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>15</v>
       </c>
       <c r="B118" t="s">
         <v>554</v>
       </c>
       <c r="C118" t="s">
         <v>555</v>
       </c>
       <c r="D118" t="s">
         <v>556</v>
       </c>
       <c r="E118">
-        <v>7070</v>
+        <v>5000</v>
       </c>
       <c r="F118" t="s">
+        <v>42</v>
+      </c>
+      <c r="G118" t="s">
+        <v>42</v>
+      </c>
+      <c r="H118" t="s">
         <v>557</v>
-      </c>
-[...4 lines deleted...]
-        <v>558</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>150</v>
+        <v>15</v>
       </c>
       <c r="B119" t="s">
+        <v>558</v>
+      </c>
+      <c r="C119" t="s">
         <v>559</v>
       </c>
-      <c r="C119" t="s">
+      <c r="D119" t="s">
         <v>560</v>
       </c>
-      <c r="D119" t="s">
+      <c r="E119">
+        <v>7070</v>
+      </c>
+      <c r="F119" t="s">
         <v>561</v>
-      </c>
-[...4 lines deleted...]
-        <v>562</v>
       </c>
       <c r="G119" t="s">
         <v>20</v>
       </c>
       <c r="H119" t="s">
-        <v>563</v>
+        <v>562</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>150</v>
       </c>
       <c r="B120" t="s">
+        <v>563</v>
+      </c>
+      <c r="C120" t="s">
         <v>564</v>
       </c>
-      <c r="C120" t="s">
+      <c r="D120" t="s">
         <v>565</v>
       </c>
-      <c r="D120" t="s">
+      <c r="E120">
+        <v>7100</v>
+      </c>
+      <c r="F120" t="s">
         <v>566</v>
-      </c>
-[...4 lines deleted...]
-        <v>281</v>
       </c>
       <c r="G120" t="s">
         <v>20</v>
       </c>
       <c r="H120" t="s">
         <v>567</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>15</v>
+        <v>150</v>
       </c>
       <c r="B121" t="s">
         <v>568</v>
       </c>
       <c r="C121" t="s">
         <v>569</v>
       </c>
       <c r="D121" t="s">
         <v>570</v>
       </c>
       <c r="E121">
-        <v>7060</v>
+        <v>7000</v>
       </c>
       <c r="F121" t="s">
-        <v>571</v>
+        <v>285</v>
       </c>
       <c r="G121" t="s">
         <v>20</v>
       </c>
       <c r="H121" t="s">
-        <v>572</v>
+        <v>571</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>15</v>
       </c>
       <c r="B122" t="s">
+        <v>572</v>
+      </c>
+      <c r="C122" t="s">
         <v>573</v>
       </c>
-      <c r="C122" t="s">
+      <c r="D122" t="s">
         <v>574</v>
       </c>
-      <c r="D122" t="s">
+      <c r="E122">
+        <v>7060</v>
+      </c>
+      <c r="F122" t="s">
         <v>575</v>
-      </c>
-[...4 lines deleted...]
-        <v>576</v>
       </c>
       <c r="G122" t="s">
         <v>20</v>
       </c>
       <c r="H122" t="s">
-        <v>577</v>
+        <v>576</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>15</v>
       </c>
       <c r="B123" t="s">
+        <v>577</v>
+      </c>
+      <c r="C123" t="s">
         <v>578</v>
       </c>
-      <c r="C123" t="s">
+      <c r="D123" t="s">
         <v>579</v>
       </c>
-      <c r="D123" t="s">
+      <c r="E123">
+        <v>7301</v>
+      </c>
+      <c r="F123" t="s">
         <v>580</v>
       </c>
-      <c r="E123">
-[...4 lines deleted...]
-      </c>
       <c r="G123" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="H123" t="s">
         <v>581</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>150</v>
+        <v>15</v>
       </c>
       <c r="B124" t="s">
         <v>582</v>
       </c>
       <c r="C124" t="s">
         <v>583</v>
       </c>
       <c r="D124" t="s">
         <v>584</v>
       </c>
       <c r="E124">
-        <v>6000</v>
+        <v>4000</v>
       </c>
       <c r="F124" t="s">
-        <v>129</v>
+        <v>13</v>
       </c>
       <c r="G124" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="H124" t="s">
         <v>585</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>150</v>
       </c>
       <c r="B125" t="s">
         <v>586</v>
       </c>
       <c r="C125" t="s">
         <v>587</v>
       </c>
       <c r="D125" t="s">
         <v>588</v>
       </c>
       <c r="E125">
-        <v>4800</v>
+        <v>6000</v>
       </c>
       <c r="F125" t="s">
-        <v>82</v>
+        <v>129</v>
       </c>
       <c r="G125" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="H125" t="s">
         <v>589</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>150</v>
       </c>
       <c r="B126" t="s">
         <v>590</v>
       </c>
       <c r="C126" t="s">
         <v>591</v>
       </c>
       <c r="D126" t="s">
         <v>592</v>
       </c>
       <c r="E126">
-        <v>1150</v>
+        <v>4800</v>
       </c>
       <c r="F126" t="s">
-        <v>114</v>
+        <v>82</v>
       </c>
       <c r="G126" t="s">
-        <v>114</v>
+        <v>13</v>
       </c>
       <c r="H126" t="s">
         <v>593</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>150</v>
       </c>
       <c r="B127" t="s">
         <v>594</v>
       </c>
       <c r="C127" t="s">
-        <v>587</v>
+        <v>595</v>
       </c>
       <c r="D127" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="E127">
-        <v>4300</v>
+        <v>1150</v>
       </c>
       <c r="F127" t="s">
-        <v>93</v>
+        <v>114</v>
       </c>
       <c r="G127" t="s">
-        <v>13</v>
+        <v>114</v>
       </c>
       <c r="H127" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>150</v>
       </c>
       <c r="B128" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="C128" t="s">
-        <v>587</v>
+        <v>591</v>
       </c>
       <c r="D128" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="E128">
-        <v>4020</v>
+        <v>4300</v>
       </c>
       <c r="F128" t="s">
-        <v>13</v>
+        <v>93</v>
       </c>
       <c r="G128" t="s">
         <v>13</v>
       </c>
       <c r="H128" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>150</v>
       </c>
       <c r="B129" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="C129" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
       <c r="D129" t="s">
         <v>602</v>
       </c>
       <c r="E129">
-        <v>4300</v>
+        <v>4020</v>
       </c>
       <c r="F129" t="s">
-        <v>500</v>
+        <v>13</v>
       </c>
       <c r="G129" t="s">
         <v>13</v>
       </c>
       <c r="H129" t="s">
-        <v>596</v>
+        <v>603</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8">
+      <c r="A130" t="s">
+        <v>150</v>
+      </c>
+      <c r="B130" t="s">
+        <v>604</v>
+      </c>
+      <c r="C130" t="s">
+        <v>605</v>
+      </c>
+      <c r="D130" t="s">
+        <v>606</v>
+      </c>
+      <c r="E130">
+        <v>4300</v>
+      </c>
+      <c r="F130" t="s">
+        <v>504</v>
+      </c>
+      <c r="G130" t="s">
+        <v>13</v>
+      </c>
+      <c r="H130" t="s">
+        <v>600</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">